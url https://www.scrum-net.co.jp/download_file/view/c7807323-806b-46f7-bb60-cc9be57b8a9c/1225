--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SC00020\スクラム Dropbox\受託サービス\抗体関係\工程管理\キャンペーン関連\ペプチドキャンペーン\2025.10安定同位体キャンペーン\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F956A10-6AF0-4B22-9D33-4B432123C794}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2968FB52-B6E7-4B0D-B751-A2EFE3809881}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15480" xr2:uid="{77BE4BE3-EA8C-4D09-A12C-95015AF2FAA3}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{77BE4BE3-EA8C-4D09-A12C-95015AF2FAA3}"/>
   </bookViews>
   <sheets>
     <sheet name="ペプチド合成" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">ペプチド合成!$A$1:$T$51</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="26">
   <si>
     <t>　N末端－</t>
   </si>
   <si>
     <t>配列名</t>
     <rPh sb="0" eb="2">
       <t>ハイレツ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ナ</t>
     </rPh>
     <phoneticPr fontId="19"/>
@@ -1092,88 +1092,88 @@
     <xf numFmtId="49" fontId="20" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - アクセント 1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - アクセント 6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - アクセント 6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - アクセント 6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="アクセント 1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="アクセント 2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="アクセント 3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="アクセント 4" xfId="22" builtinId="41" customBuiltin="1"/>
@@ -1407,70 +1407,70 @@
               <a:effectLst>
                 <a:outerShdw dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="FF3399"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:rPr>
             <a:t>（水）～</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" altLang="ja-JP" sz="1800" b="1" cap="none" spc="0">
               <a:ln w="6600">
                 <a:solidFill>
                   <a:srgbClr val="FF3399"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="FF3399"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:rPr>
-            <a:t>12/25</a:t>
+            <a:t>1/30</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ja-JP" altLang="en-US" sz="1800" b="1" cap="none" spc="0">
               <a:ln w="6600">
                 <a:solidFill>
                   <a:srgbClr val="FF3399"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                   <a:srgbClr val="FF3399"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:rPr>
-            <a:t>（木）受付分まで</a:t>
+            <a:t>（金）受付分まで</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" altLang="ja-JP" sz="1800" b="1" cap="none" spc="0">
             <a:ln w="6600">
               <a:solidFill>
                 <a:srgbClr val="FF3399"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                 <a:srgbClr val="FF3399"/>
               </a:outerShdw>
             </a:effectLst>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1770,360 +1770,360 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34819CE8-C32B-4281-B97C-0913481683B8}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:T52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:N1"/>
+      <selection activeCell="W2" sqref="W2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="4.25" style="2" customWidth="1"/>
     <col min="2" max="2" width="4.125" style="2" customWidth="1"/>
     <col min="3" max="3" width="7.5" style="2" customWidth="1"/>
     <col min="4" max="4" width="4.875" style="2" customWidth="1"/>
     <col min="5" max="14" width="4.5" style="2" customWidth="1"/>
     <col min="15" max="15" width="4.125" style="2" customWidth="1"/>
     <col min="16" max="18" width="4.5" style="2" customWidth="1"/>
     <col min="19" max="19" width="4" style="2" customWidth="1"/>
     <col min="20" max="20" width="8" style="2" customWidth="1"/>
     <col min="21" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="21" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A1" s="50" t="s">
+      <c r="A1" s="45" t="s">
         <v>24</v>
       </c>
-      <c r="B1" s="50"/>
-[...12 lines deleted...]
-      <c r="O1" s="51" t="s">
+      <c r="B1" s="45"/>
+      <c r="C1" s="45"/>
+      <c r="D1" s="45"/>
+      <c r="E1" s="45"/>
+      <c r="F1" s="45"/>
+      <c r="G1" s="45"/>
+      <c r="H1" s="45"/>
+      <c r="I1" s="45"/>
+      <c r="J1" s="45"/>
+      <c r="K1" s="45"/>
+      <c r="L1" s="45"/>
+      <c r="M1" s="45"/>
+      <c r="N1" s="45"/>
+      <c r="O1" s="42" t="s">
         <v>25</v>
       </c>
-      <c r="P1" s="51"/>
-[...1 lines deleted...]
-      <c r="R1" s="48" t="s">
+      <c r="P1" s="42"/>
+      <c r="Q1" s="42"/>
+      <c r="R1" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="S1" s="48"/>
-      <c r="T1" s="48"/>
+      <c r="S1" s="43"/>
+      <c r="T1" s="43"/>
     </row>
     <row r="2" spans="1:20" ht="23.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="52"/>
-[...18 lines deleted...]
-      <c r="T2" s="52"/>
+      <c r="A2" s="41"/>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+      <c r="M2" s="41"/>
+      <c r="N2" s="41"/>
+      <c r="O2" s="41"/>
+      <c r="P2" s="41"/>
+      <c r="Q2" s="41"/>
+      <c r="R2" s="41"/>
+      <c r="S2" s="41"/>
+      <c r="T2" s="41"/>
     </row>
     <row r="3" spans="1:20" ht="9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:20" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="4"/>
-      <c r="C4" s="49"/>
-[...16 lines deleted...]
-      <c r="T4" s="49"/>
+      <c r="C4" s="44"/>
+      <c r="D4" s="44"/>
+      <c r="E4" s="44"/>
+      <c r="F4" s="44"/>
+      <c r="G4" s="44"/>
+      <c r="H4" s="44"/>
+      <c r="I4" s="44"/>
+      <c r="J4" s="44"/>
+      <c r="K4" s="44"/>
+      <c r="L4" s="44"/>
+      <c r="M4" s="44"/>
+      <c r="N4" s="44"/>
+      <c r="O4" s="44"/>
+      <c r="P4" s="44"/>
+      <c r="Q4" s="44"/>
+      <c r="R4" s="44"/>
+      <c r="S4" s="44"/>
+      <c r="T4" s="44"/>
     </row>
     <row r="5" spans="1:20" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5"/>
-      <c r="C5" s="41"/>
-[...16 lines deleted...]
-      <c r="T5" s="41"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="40"/>
+      <c r="E5" s="40"/>
+      <c r="F5" s="40"/>
+      <c r="G5" s="40"/>
+      <c r="H5" s="40"/>
+      <c r="I5" s="40"/>
+      <c r="J5" s="40"/>
+      <c r="K5" s="40"/>
+      <c r="L5" s="40"/>
+      <c r="M5" s="40"/>
+      <c r="N5" s="40"/>
+      <c r="O5" s="40"/>
+      <c r="P5" s="40"/>
+      <c r="Q5" s="40"/>
+      <c r="R5" s="40"/>
+      <c r="S5" s="40"/>
+      <c r="T5" s="40"/>
     </row>
     <row r="6" spans="1:20" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="41" t="s">
+      <c r="A6" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="B6" s="41"/>
-      <c r="C6" s="41" t="s">
+      <c r="B6" s="40"/>
+      <c r="C6" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="41"/>
-[...15 lines deleted...]
-      <c r="T6" s="41"/>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40"/>
+      <c r="F6" s="40"/>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="40"/>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40"/>
+      <c r="M6" s="40"/>
+      <c r="N6" s="40"/>
+      <c r="O6" s="40"/>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="40"/>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40"/>
     </row>
     <row r="7" spans="1:20" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="5"/>
-      <c r="C7" s="43"/>
-[...16 lines deleted...]
-      <c r="T7" s="43"/>
+      <c r="C7" s="51"/>
+      <c r="D7" s="51"/>
+      <c r="E7" s="51"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="51"/>
+      <c r="H7" s="51"/>
+      <c r="I7" s="51"/>
+      <c r="J7" s="51"/>
+      <c r="K7" s="51"/>
+      <c r="L7" s="51"/>
+      <c r="M7" s="51"/>
+      <c r="N7" s="51"/>
+      <c r="O7" s="51"/>
+      <c r="P7" s="51"/>
+      <c r="Q7" s="51"/>
+      <c r="R7" s="51"/>
+      <c r="S7" s="51"/>
+      <c r="T7" s="51"/>
     </row>
     <row r="8" spans="1:20" ht="21.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="5"/>
-      <c r="C8" s="41"/>
-[...16 lines deleted...]
-      <c r="T8" s="41"/>
+      <c r="C8" s="40"/>
+      <c r="D8" s="40"/>
+      <c r="E8" s="40"/>
+      <c r="F8" s="40"/>
+      <c r="G8" s="40"/>
+      <c r="H8" s="40"/>
+      <c r="I8" s="40"/>
+      <c r="J8" s="40"/>
+      <c r="K8" s="40"/>
+      <c r="L8" s="40"/>
+      <c r="M8" s="40"/>
+      <c r="N8" s="40"/>
+      <c r="O8" s="40"/>
+      <c r="P8" s="40"/>
+      <c r="Q8" s="40"/>
+      <c r="R8" s="40"/>
+      <c r="S8" s="40"/>
+      <c r="T8" s="40"/>
     </row>
     <row r="9" spans="1:20" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="6"/>
-      <c r="C9" s="44" t="s">
+      <c r="C9" s="52" t="s">
         <v>15</v>
       </c>
-      <c r="D9" s="44"/>
-[...15 lines deleted...]
-      <c r="T9" s="44"/>
+      <c r="D9" s="52"/>
+      <c r="E9" s="52"/>
+      <c r="F9" s="52"/>
+      <c r="G9" s="52"/>
+      <c r="H9" s="52"/>
+      <c r="I9" s="52"/>
+      <c r="J9" s="52"/>
+      <c r="K9" s="52"/>
+      <c r="L9" s="52"/>
+      <c r="M9" s="52"/>
+      <c r="N9" s="52"/>
+      <c r="O9" s="52"/>
+      <c r="P9" s="52"/>
+      <c r="Q9" s="52"/>
+      <c r="R9" s="52"/>
+      <c r="S9" s="52"/>
+      <c r="T9" s="52"/>
     </row>
     <row r="10" spans="1:20" ht="17.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.15"/>
     <row r="11" spans="1:20" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="22"/>
       <c r="C11" s="23"/>
       <c r="D11" s="24"/>
       <c r="E11" s="24"/>
       <c r="F11" s="24"/>
       <c r="G11" s="24"/>
       <c r="H11" s="24"/>
       <c r="I11" s="24"/>
       <c r="J11" s="24"/>
       <c r="K11" s="24"/>
       <c r="L11" s="24"/>
       <c r="M11" s="24"/>
       <c r="N11" s="24"/>
       <c r="O11" s="24"/>
       <c r="P11" s="24"/>
       <c r="Q11" s="24"/>
       <c r="R11" s="24"/>
       <c r="S11" s="24"/>
       <c r="T11" s="25"/>
     </row>
     <row r="12" spans="1:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="26"/>
       <c r="C12" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
-      <c r="M12" s="45"/>
-      <c r="N12" s="46"/>
+      <c r="M12" s="49"/>
+      <c r="N12" s="50"/>
       <c r="O12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P12" s="17"/>
       <c r="Q12" s="17"/>
       <c r="S12" s="17"/>
       <c r="T12" s="27"/>
     </row>
     <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="26"/>
       <c r="D13" s="18"/>
       <c r="E13" s="18"/>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
       <c r="H13" s="18"/>
       <c r="I13" s="18"/>
       <c r="J13" s="18"/>
       <c r="K13" s="18"/>
       <c r="L13" s="18"/>
       <c r="M13" s="18"/>
       <c r="N13" s="18"/>
       <c r="O13" s="18"/>
       <c r="P13" s="18"/>
       <c r="Q13" s="18"/>
       <c r="R13" s="18"/>
       <c r="T13" s="27"/>
     </row>
     <row r="14" spans="1:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="28"/>
       <c r="C14" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="D14" s="40"/>
-[...13 lines deleted...]
-      <c r="R14" s="42"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="40"/>
+      <c r="F14" s="40"/>
+      <c r="G14" s="40"/>
+      <c r="H14" s="40"/>
+      <c r="I14" s="40"/>
+      <c r="J14" s="40"/>
+      <c r="K14" s="40"/>
+      <c r="L14" s="40"/>
+      <c r="M14" s="40"/>
+      <c r="N14" s="40"/>
+      <c r="O14" s="40"/>
+      <c r="P14" s="40"/>
+      <c r="Q14" s="40"/>
+      <c r="R14" s="47"/>
       <c r="S14" s="8" t="s">
         <v>2</v>
       </c>
       <c r="T14" s="29" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="26"/>
       <c r="M15" s="13"/>
       <c r="T15" s="27"/>
     </row>
     <row r="16" spans="1:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="26"/>
       <c r="C16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G16" s="13"/>
       <c r="H16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I16" s="13"/>
@@ -2218,99 +2218,99 @@
       <c r="J20" s="24"/>
       <c r="K20" s="24"/>
       <c r="L20" s="24"/>
       <c r="M20" s="24"/>
       <c r="N20" s="24"/>
       <c r="O20" s="24"/>
       <c r="P20" s="24"/>
       <c r="Q20" s="24"/>
       <c r="R20" s="24"/>
       <c r="S20" s="24"/>
       <c r="T20" s="25"/>
     </row>
     <row r="21" spans="2:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="26"/>
       <c r="C21" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
       <c r="F21" s="9"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
-      <c r="M21" s="45"/>
-      <c r="N21" s="46"/>
+      <c r="M21" s="49"/>
+      <c r="N21" s="50"/>
       <c r="O21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P21" s="17"/>
       <c r="Q21" s="17"/>
       <c r="S21" s="17"/>
       <c r="T21" s="27"/>
     </row>
     <row r="22" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="26"/>
       <c r="D22" s="18"/>
       <c r="E22" s="18"/>
       <c r="F22" s="18"/>
       <c r="G22" s="18"/>
       <c r="H22" s="18"/>
       <c r="I22" s="18"/>
       <c r="J22" s="18"/>
       <c r="K22" s="18"/>
       <c r="L22" s="18"/>
       <c r="M22" s="18"/>
       <c r="N22" s="18"/>
       <c r="O22" s="18"/>
       <c r="P22" s="18"/>
       <c r="Q22" s="18"/>
       <c r="R22" s="18"/>
       <c r="T22" s="27"/>
     </row>
     <row r="23" spans="2:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="28"/>
       <c r="C23" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="D23" s="40"/>
-[...13 lines deleted...]
-      <c r="R23" s="42"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="40"/>
+      <c r="F23" s="40"/>
+      <c r="G23" s="40"/>
+      <c r="H23" s="40"/>
+      <c r="I23" s="40"/>
+      <c r="J23" s="40"/>
+      <c r="K23" s="40"/>
+      <c r="L23" s="40"/>
+      <c r="M23" s="40"/>
+      <c r="N23" s="40"/>
+      <c r="O23" s="40"/>
+      <c r="P23" s="40"/>
+      <c r="Q23" s="40"/>
+      <c r="R23" s="47"/>
       <c r="S23" s="8" t="s">
         <v>2</v>
       </c>
       <c r="T23" s="29" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="2:20" ht="9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="26"/>
       <c r="M24" s="13"/>
       <c r="T24" s="27"/>
     </row>
     <row r="25" spans="2:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="26"/>
       <c r="C25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G25" s="13"/>
       <c r="H25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I25" s="13"/>
@@ -2405,99 +2405,99 @@
       <c r="J29" s="24"/>
       <c r="K29" s="24"/>
       <c r="L29" s="24"/>
       <c r="M29" s="24"/>
       <c r="N29" s="24"/>
       <c r="O29" s="24"/>
       <c r="P29" s="24"/>
       <c r="Q29" s="24"/>
       <c r="R29" s="24"/>
       <c r="S29" s="24"/>
       <c r="T29" s="25"/>
     </row>
     <row r="30" spans="2:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="26"/>
       <c r="C30" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
-      <c r="M30" s="45"/>
-      <c r="N30" s="46"/>
+      <c r="M30" s="49"/>
+      <c r="N30" s="50"/>
       <c r="O30" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P30" s="17"/>
       <c r="Q30" s="17"/>
       <c r="S30" s="17"/>
       <c r="T30" s="27"/>
     </row>
     <row r="31" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="26"/>
       <c r="D31" s="18"/>
       <c r="E31" s="18"/>
       <c r="F31" s="18"/>
       <c r="G31" s="18"/>
       <c r="H31" s="18"/>
       <c r="I31" s="18"/>
       <c r="J31" s="18"/>
       <c r="K31" s="18"/>
       <c r="L31" s="18"/>
       <c r="M31" s="18"/>
       <c r="N31" s="18"/>
       <c r="O31" s="18"/>
       <c r="P31" s="18"/>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
       <c r="T31" s="27"/>
     </row>
     <row r="32" spans="2:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="28"/>
       <c r="C32" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="D32" s="40"/>
-[...13 lines deleted...]
-      <c r="R32" s="42"/>
+      <c r="D32" s="46"/>
+      <c r="E32" s="40"/>
+      <c r="F32" s="40"/>
+      <c r="G32" s="40"/>
+      <c r="H32" s="40"/>
+      <c r="I32" s="40"/>
+      <c r="J32" s="40"/>
+      <c r="K32" s="40"/>
+      <c r="L32" s="40"/>
+      <c r="M32" s="40"/>
+      <c r="N32" s="40"/>
+      <c r="O32" s="40"/>
+      <c r="P32" s="40"/>
+      <c r="Q32" s="40"/>
+      <c r="R32" s="47"/>
       <c r="S32" s="8" t="s">
         <v>2</v>
       </c>
       <c r="T32" s="29" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="2:20" ht="9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="26"/>
       <c r="M33" s="13"/>
       <c r="T33" s="27"/>
     </row>
     <row r="34" spans="2:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="26"/>
       <c r="C34" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E34" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G34" s="13"/>
       <c r="H34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I34" s="13"/>
@@ -2592,99 +2592,99 @@
       <c r="J38" s="24"/>
       <c r="K38" s="24"/>
       <c r="L38" s="24"/>
       <c r="M38" s="24"/>
       <c r="N38" s="24"/>
       <c r="O38" s="24"/>
       <c r="P38" s="24"/>
       <c r="Q38" s="24"/>
       <c r="R38" s="24"/>
       <c r="S38" s="24"/>
       <c r="T38" s="25"/>
     </row>
     <row r="39" spans="2:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="26"/>
       <c r="C39" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D39" s="9"/>
       <c r="E39" s="9"/>
       <c r="F39" s="9"/>
       <c r="G39" s="9"/>
       <c r="H39" s="9"/>
       <c r="I39" s="9"/>
       <c r="J39" s="9"/>
       <c r="K39" s="9"/>
-      <c r="M39" s="45"/>
-      <c r="N39" s="46"/>
+      <c r="M39" s="49"/>
+      <c r="N39" s="50"/>
       <c r="O39" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P39" s="17"/>
       <c r="Q39" s="17"/>
       <c r="S39" s="17"/>
       <c r="T39" s="27"/>
     </row>
     <row r="40" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="26"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
       <c r="F40" s="18"/>
       <c r="G40" s="18"/>
       <c r="H40" s="18"/>
       <c r="I40" s="18"/>
       <c r="J40" s="18"/>
       <c r="K40" s="18"/>
       <c r="L40" s="18"/>
       <c r="M40" s="18"/>
       <c r="N40" s="18"/>
       <c r="O40" s="18"/>
       <c r="P40" s="18"/>
       <c r="Q40" s="18"/>
       <c r="R40" s="18"/>
       <c r="T40" s="27"/>
     </row>
     <row r="41" spans="2:20" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B41" s="28"/>
       <c r="C41" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="D41" s="40"/>
-[...13 lines deleted...]
-      <c r="R41" s="42"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="40"/>
+      <c r="F41" s="40"/>
+      <c r="G41" s="40"/>
+      <c r="H41" s="40"/>
+      <c r="I41" s="40"/>
+      <c r="J41" s="40"/>
+      <c r="K41" s="40"/>
+      <c r="L41" s="40"/>
+      <c r="M41" s="40"/>
+      <c r="N41" s="40"/>
+      <c r="O41" s="40"/>
+      <c r="P41" s="40"/>
+      <c r="Q41" s="40"/>
+      <c r="R41" s="47"/>
       <c r="S41" s="8" t="s">
         <v>2</v>
       </c>
       <c r="T41" s="29" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="42" spans="2:20" ht="9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B42" s="26"/>
       <c r="M42" s="13"/>
       <c r="T42" s="27"/>
     </row>
     <row r="43" spans="2:20" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B43" s="26"/>
       <c r="C43" s="1" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G43" s="13"/>
       <c r="H43" s="1" t="s">
         <v>5</v>
       </c>
       <c r="I43" s="13"/>
@@ -2770,98 +2770,98 @@
       <c r="E48" s="16"/>
       <c r="F48" s="16"/>
       <c r="G48" s="16"/>
       <c r="H48" s="16"/>
       <c r="I48" s="16"/>
       <c r="J48" s="16"/>
       <c r="K48" s="16"/>
       <c r="L48" s="16"/>
       <c r="M48" s="16"/>
       <c r="N48" s="16"/>
       <c r="O48" s="16"/>
       <c r="P48" s="16"/>
       <c r="Q48" s="16"/>
       <c r="R48" s="16"/>
       <c r="S48" s="16"/>
       <c r="T48" s="16"/>
     </row>
     <row r="49" spans="1:20" x14ac:dyDescent="0.15">
       <c r="B49" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C49" s="15"/>
       <c r="D49" s="15"/>
     </row>
     <row r="50" spans="1:20" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="47" t="s">
+      <c r="A50" s="48" t="s">
         <v>23</v>
       </c>
-      <c r="B50" s="47"/>
-[...17 lines deleted...]
-      <c r="T50" s="47"/>
+      <c r="B50" s="48"/>
+      <c r="C50" s="48"/>
+      <c r="D50" s="48"/>
+      <c r="E50" s="48"/>
+      <c r="F50" s="48"/>
+      <c r="G50" s="48"/>
+      <c r="H50" s="48"/>
+      <c r="I50" s="48"/>
+      <c r="J50" s="48"/>
+      <c r="K50" s="48"/>
+      <c r="L50" s="48"/>
+      <c r="M50" s="48"/>
+      <c r="N50" s="48"/>
+      <c r="O50" s="48"/>
+      <c r="P50" s="48"/>
+      <c r="Q50" s="48"/>
+      <c r="R50" s="48"/>
+      <c r="S50" s="48"/>
+      <c r="T50" s="48"/>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.15">
       <c r="N52"/>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="D14:R14"/>
+    <mergeCell ref="C7:T7"/>
+    <mergeCell ref="C9:T9"/>
+    <mergeCell ref="C8:T8"/>
+    <mergeCell ref="M12:N12"/>
+    <mergeCell ref="D32:R32"/>
+    <mergeCell ref="A50:T50"/>
+    <mergeCell ref="D23:R23"/>
+    <mergeCell ref="M30:N30"/>
+    <mergeCell ref="M21:N21"/>
+    <mergeCell ref="M39:N39"/>
+    <mergeCell ref="D41:R41"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:T6"/>
     <mergeCell ref="A2:T2"/>
     <mergeCell ref="O1:Q1"/>
     <mergeCell ref="R1:T1"/>
     <mergeCell ref="C4:T4"/>
     <mergeCell ref="C5:T5"/>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="D32:R32"/>
-[...10 lines deleted...]
-    <mergeCell ref="M12:N12"/>
   </mergeCells>
   <phoneticPr fontId="19"/>
   <pageMargins left="0.35433070866141736" right="0.31496062992125984" top="0.47244094488188981" bottom="0.51181102362204722" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>